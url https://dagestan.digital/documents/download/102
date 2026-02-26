--- v0 (2026-02-05)
+++ v1 (2026-02-26)
@@ -1,15261 +1,16624 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...11 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?> <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"> <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/> <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/> <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="508D30A1" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="Bodytext20"/>
+        <w:pStyle w:val="907"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ЧЛЕНЫ КОЛЛЕГИИ</w:t>
+        <w:t xml:space="preserve">ЧЛЕНЫ КОЛЛЕГИИ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FEEEA30" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="Bodytext20"/>
+        <w:pStyle w:val="907"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Министерства цифрового развития Республики Дагестан</w:t>
+        <w:t xml:space="preserve">Министерства цифрового развития Республики Дагестан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B9B0CD4" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="Bodytext20"/>
+        <w:pStyle w:val="907"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1647EF3E" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+    <w:p>
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9750" w:type="dxa"/>
-        <w:tblInd w:w="-252" w:type="dxa"/>
+        <w:tblW w:w="10139" w:type="dxa"/>
+        <w:tblInd w:w="-460" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="678"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="601"/>
+        <w:gridCol w:w="4044"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002924A6" w14:paraId="20278341" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcW w:w="601" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="60B1E946" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="7"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="725"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:hanging="108"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>№</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="244F14C6" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="7"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="725"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:hanging="108"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>п/п</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п/п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcW w:w="4044" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="08DCAA74" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:pStyle w:val="725"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>Фамилия, имя, отчество</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcW w:w="5494" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1483D24D" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="7"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="725"/>
+              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>Должность</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Должность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="16382BB6" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="26E31FB1" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7243A349" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Гамзатов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гамзатов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27DC2D7E" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Юрий Валериевич</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Юрий Валериевич</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="44CA0BEC" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>министр цифрового развития Республики Дагестан (председатель коллегии)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">министр цифрового развития Республики Дагестан (председатель коллегии)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="207889AA" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="03F1A9D5" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="690CF325" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Халилов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Халилов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30D8B712" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Низам </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рахманович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="04F40536" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>министр промышленности и торговли Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">министр промышленности и торговли Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="1DB1CC3E" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4B45F634" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5603129D" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мерданов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="4EEDF630" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Эмин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мерданович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0A7185" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>министр по туризму и народным художественным промыслам Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">министр по туризму и народным художественным промыслам Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="5531710A" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="48F52098" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF0384A" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Казимагамедов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="60AC5D40" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Нариман </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Махмудович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4F824F85" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>министр по делам гражданской обороны, чрезвычайным ситуациям и ликвидации последствий стихийных бедствий Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">министр по делам гражданской обороны, чрезвычайным ситуациям и ликвидации последствий стихийных бедствий Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="41DF10AB" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="64CA70A9" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4550F00A" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Алиев</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алиев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D159802" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Сефер </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Насирович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="50755F8A" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>председатель Комитета Народного Собрания Республики Дагестан по экономической политике, инвестициям и предпринимательству (по согласованию)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">председатель Комитета Народного Собрания Республики Дагестан по экономической политике, инвестициям и предпринимательству (по согласованию)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="5181ED6A" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="258F3A4D" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="02BC6F12" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Абдуллаев</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Абдуллаев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11FDC9E0" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Рамазан </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мустангерович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="50366307" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>первый заместитель министра цифрового развития Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первый заместитель министра цифрового развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="12FC7ACC" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="007DEE9A" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7A373D6B" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Джанаев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="343C29E9" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Хабиб </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Багавудинович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="03208E37" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>первый заместитель министра по земельным и имущественным отношениям Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первый заместитель министра по земельным и имущественным отношениям Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="426DB56C" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7AFF9B08" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEB7838" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Далгатова</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="766FCEFD" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Аида </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Османгаджиевна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3A64A729" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>первый заместитель министра образования и науки Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первый заместитель министра образования и науки Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="1DA0ED75" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="05D5CECC" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="766B246C" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уллаев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="07614BE8" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Бахтияр Магомедович</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бахтияр Магомедович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3AA9C2BF" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>министр строительства, архитектуры и жилищно-коммунального хозяйства Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">министр строительства, архитектуры и жилищно-коммунального хозяйства Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="42A599E7" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="41C273B3" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDD7DD5" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Муртазалиев</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Муртазалиев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B312C1E" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хирамагомед</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Магомедович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="08766FA4" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>инистра сельского хозяйства и продовольствия Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">статс-секретарь - заместитель министра сельского хозяйства и продовольствия Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="60855627" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="660E1D04" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="467C0416" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Магомедов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магомедов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EB58D78" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Алиевич</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бадруттин Алиевич</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="36010764" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>заместитель министра цифрового развития Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель министра цифрового развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="6C40E658" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7646F34D" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF0C8B6" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Багомедов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="2250ABC9" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Зураб Алиевич</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Зураб Алиевич</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="0BDB044E" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>заместитель министра труда и социального развития Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель министра труда и социального развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="10BF346B" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="10D1BF26" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="599ECDF9" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Изиев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="3C50BA00" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Камиль </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Абусалимович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFC6518" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>статс-секретарь – заместитель министра экономики и территориального развития Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">статс-секретарь – заместитель министра экономики и территориального развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="587FB257" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="124AB987" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="57BC1C8D" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Ахмедов </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="66A02303" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Салман </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Джабраилович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="286C2978" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>ранения Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель министра здравоохранения Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="66235077" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="641"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="35E993F7" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDE34D5" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гамидов</w:t>
               <w:br/>
-              <w:t xml:space="preserve">Халил </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Халил Абдулгафарович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="539DC1DE" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>начальник управления информационной инфраструктуры и информационной безопасности Министерства цифрового развития Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начальник управления информационной инфраструктуры и информационной безопасности Министерства цифрового развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="15C24B4C" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="968"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="73D2D7DE" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB05C67" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Казиева</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Казиева</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD5C5E4" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Карина </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Загировна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="56159A03" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>тия Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начальник управления реализации проектов в сфере цифровой экономики Министерства цифрового развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="75A640E3" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="59CF4CCB" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="00C1EBB4" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тасуева</w:t>
               <w:br/>
-              <w:t>Наталия Валерьевна</w:t>
+              <w:t xml:space="preserve">Наталия Валерьевна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7C17B5" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>начальник управления административно-финансового обеспечения Министерства цифрового развития Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начальник управления административно-финансового обеспечения Министерства цифрового развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="631CC4C6" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="06142A69" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4EABA33C" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Фролов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фролов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29A20B44" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Евгений Васильевич</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Евгений Васильевич</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4896FAB5" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>начальник управления цифровых технологий и цифрового государственного управления Министерства цифрового развития Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начальник управления цифровых технологий и цифрового государственного управления Министерства цифрового развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="017E483E" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="61B5C3A8" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="151FFB2C" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Магомедова</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магомедова</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06F3731F" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Наида </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Джамалутдиновна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="44941F37" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>нистерства цифрового развития Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начальник отдела государственной службы, делопроизводства и противодействия коррупции Министерства цифрового развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="5BC8B9E4" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="64A61C08" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="538E50DF" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Меджидов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Меджидов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15C16AE2" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Артур </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тагирович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="382E1AD9" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">заместитель начальника управления информационной инфраструктуры и информационной безопасности Министерства цифрового развития Республики Дагестан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="56FC00AE" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3E904F79" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4145A129" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Меджидова </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="27447152" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Хава </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сайдалиевна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="07BC1EF3" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">ого управления Министерства цифрового развития </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель начальника управления цифровых технологий и цифрового государственного управления Министерства цифрового развития </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="6D3A7384" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB2FA17" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="193106E5" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Таймасханова</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="08E23E0F" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Марьям </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Абдулаевна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6A738822" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>заместитель начальника управления реализации проектов в сфере цифровой экономики Министерства цифрового развития Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель начальника управления реализации проектов в сфере цифровой экономики Министерства цифрового развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="1A3630A3" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="766E6FC2" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="05C25965" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Арсланалиев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="0BEC2B2C" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магомедэмин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Исамагомедович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7E40E24A" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>пальных услуг в Республике Дагестан»</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор ГАУ РД «Многофункциональный центр предоставления государственных и муниципальных услуг в Республике Дагестан»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="6D997FA5" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF4AB84" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6464B9AC" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пирмагомедов Расул Седретдинович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="0733E9B5" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>генеральный директор ГАУ РД «Центр информационных технологий»</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">генеральный директор ГАУ РД «Центр информационных технологий»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002924A6" w14:paraId="3EADC792" w14:textId="77777777" w:rsidTr="00C27399">
+      <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="34C2D44E" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+          <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4044" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="31577573" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Ахмедов </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="034190B3" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Руслан </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Камильевич</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5494" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="0558E74A" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ConsPlusNormal"/>
-              <w:spacing w:after="120"/>
+              <w:pStyle w:val="902"/>
+              <w:contextualSpacing w:val="0"/>
               <w:ind w:firstLine="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:before="0" w:after="17" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>председатель общественного совета при Министерстве цифрового развития Республики Дагестан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">председатель общественного совета при Министерстве цифрового развития Республики Дагестан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BCDF3AA" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F0A0DFC" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+    <w:p>
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002924A6" w:rsidSect="003836BC">
-      <w:headerReference w:type="even" r:id="rId8"/>
+    <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
-[...1 lines deleted...]
-      <w:cols w:space="720"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:footnotePr/>
+      <w:endnotePr/>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgMar w:top="1135" w:right="1106" w:bottom="1134" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:num="1" w:sep="0" w:space="720" w:equalWidth="1"/>
+      <w:docGrid w:linePitch="360"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="260364D7" w14:textId="77777777" w:rsidR="00422D72" w:rsidRDefault="00422D72">
+    <w:p>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B7221B1" w14:textId="77777777" w:rsidR="00422D72" w:rsidRDefault="00422D72">
+    <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05010000000000000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
-[...10 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:panose1 w:val="05010000000000000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:panose1 w:val="02000506000000020000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...24 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040803050406030204"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E8A9BFE" w14:textId="77777777" w:rsidR="00422D72" w:rsidRDefault="00422D72">
+    <w:p>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="798D0465" w14:textId="77777777" w:rsidR="00422D72" w:rsidRDefault="00422D72">
+    <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="13CABCCA" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="ac"/>
+      <w:pStyle w:val="898"/>
+      <w:rPr>
+        <w:rStyle w:val="899"/>
+      </w:rPr>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="afb"/>
+        <w:rStyle w:val="899"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="afb"/>
+        <w:rStyle w:val="899"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="afb"/>
+        <w:rStyle w:val="899"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="afb"/>
-[...1 lines deleted...]
-      <w:t>1</w:t>
+        <w:rStyle w:val="899"/>
+      </w:rPr>
+      <w:t xml:space="preserve">8</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="afb"/>
+        <w:rStyle w:val="899"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="899"/>
+      </w:rPr>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="899"/>
+      </w:rPr>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="63B95A83" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="ac"/>
+      <w:pStyle w:val="898"/>
       <w:ind w:right="360"/>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="13C39403" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="00422D72">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="ac"/>
+      <w:pStyle w:val="898"/>
+      <w:rPr>
+        <w:rStyle w:val="899"/>
+      </w:rPr>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="afb"/>
+        <w:rStyle w:val="899"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="afb"/>
+        <w:rStyle w:val="899"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="afb"/>
+        <w:rStyle w:val="899"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="afb"/>
-[...1 lines deleted...]
-      <w:t>8</w:t>
+        <w:rStyle w:val="899"/>
+      </w:rPr>
+      <w:t xml:space="preserve">1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="afb"/>
+        <w:rStyle w:val="899"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="899"/>
+      </w:rPr>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="899"/>
+      </w:rPr>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="5111FE7F" w14:textId="77777777" w:rsidR="002924A6" w:rsidRDefault="002924A6">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="ac"/>
+      <w:pStyle w:val="898"/>
       <w:ind w:right="360"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
+    <w:r/>
+    <w:r/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="05AB219F"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1B10939C"/>
-    <w:lvl w:ilvl="0" w:tplc="4342BB1C">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="502" w:hanging="360"/>
+        <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D94E30E4">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1E003A1A">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79D08C60">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C0CA8D26">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7E480444">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F7540400">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B9E40170">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6BBC7E92">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18F77B7C"/>
+  <w:abstractNum w:abstractNumId="1">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="09B6DB12"/>
-    <w:lvl w:ilvl="0" w:tplc="EF60C06C">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="840A05BE">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A89E2758">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C5748B10">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79F071E8">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4DA2BC16">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1B980E42">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="3A205F64">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FAE84228">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="400E16B1"/>
+  <w:abstractNum w:abstractNumId="2">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="70CCC192"/>
-    <w:lvl w:ilvl="0" w:tplc="B13A86DC">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
+          <w:tab w:val="num" w:pos="360" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42F4E62C">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="AB4ADC2E">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4F98D35C">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1F904ADC">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5D84FA2C">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21C292F0">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7E785436">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="00C6E73A">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions w:val="false"/>
+  <w:documentProtection/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
+    <w:pos w:val="pageBottom"/>
+    <w:numFmt w:val="decimal"/>
+    <w:numStart w:val="1"/>
+    <w:numRestart w:val="continuous"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:pos w:val="docEnd"/>
+    <w:numFmt w:val="lowerRoman"/>
+    <w:numStart w:val="1"/>
+    <w:numRestart w:val="continuous"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...6 lines deleted...]
-  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
-    <m:dispDef/>
+    <m:smallFrac m:val="false"/>
+    <m:dispDef m:val="true"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026" strokecolor="000000"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1B14EE3B"/>
-  <w15:docId w15:val="{53B34672-316C-4043-B8F4-0DD8D7028E63}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr/>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="character" w:styleId="702">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="719"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="703">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="720"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="34"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="704">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="721"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="705">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="723"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="706">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="724"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="707">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="726"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="708">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="727"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="709">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="742"/>
+    <w:uiPriority w:val="10"/>
+    <w:rPr>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="710">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="744"/>
+    <w:uiPriority w:val="11"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="711">
+    <w:name w:val="Quote Char"/>
+    <w:link w:val="746"/>
+    <w:uiPriority w:val="29"/>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="712">
+    <w:name w:val="Intense Quote Char"/>
+    <w:link w:val="748"/>
+    <w:uiPriority w:val="30"/>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="713">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="898"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="714">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="904"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="715">
+    <w:name w:val="Caption Char"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="752"/>
+    <w:uiPriority w:val="35"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4f81bd" w:themeColor="accent1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="716">
+    <w:name w:val="Footnote Text Char"/>
+    <w:link w:val="881"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="717">
+    <w:name w:val="Endnote Text Char"/>
+    <w:link w:val="884"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="718" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...3 lines deleted...]
-    <w:link w:val="10"/>
+  <w:style w:type="paragraph" w:styleId="719">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="731"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="480" w:after="200"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...3 lines deleted...]
-    <w:link w:val="20"/>
+  <w:style w:type="paragraph" w:styleId="720">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="732"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="360" w:after="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...3 lines deleted...]
-    <w:link w:val="30"/>
+  <w:style w:type="paragraph" w:styleId="721">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="733"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
-[...3 lines deleted...]
-    <w:link w:val="40"/>
+  <w:style w:type="paragraph" w:styleId="722">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="908"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="5">
-[...3 lines deleted...]
-    <w:link w:val="50"/>
+  <w:style w:type="paragraph" w:styleId="723">
+    <w:name w:val="Heading 5"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="735"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="6">
-[...3 lines deleted...]
-    <w:link w:val="60"/>
+  <w:style w:type="paragraph" w:styleId="724">
+    <w:name w:val="Heading 6"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="736"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="7">
-[...3 lines deleted...]
-    <w:link w:val="70"/>
+  <w:style w:type="paragraph" w:styleId="725">
+    <w:name w:val="Heading 7"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="909"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="8">
-[...3 lines deleted...]
-    <w:link w:val="80"/>
+  <w:style w:type="paragraph" w:styleId="726">
+    <w:name w:val="Heading 8"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="738"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="9">
-[...3 lines deleted...]
-    <w:link w:val="90"/>
+  <w:style w:type="paragraph" w:styleId="727">
+    <w:name w:val="Heading 9"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="739"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:styleId="728" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:styleId="729" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:styleId="730" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="character" w:styleId="731" w:customStyle="1">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="719"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="character" w:styleId="732" w:customStyle="1">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="720"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="character" w:styleId="733" w:customStyle="1">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="721"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="character" w:styleId="734" w:customStyle="1">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="728"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="735" w:customStyle="1">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="723"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="character" w:styleId="736" w:customStyle="1">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="724"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="character" w:styleId="737" w:customStyle="1">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="728"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...161 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+  <w:style w:type="character" w:styleId="738" w:customStyle="1">
     <w:name w:val="Заголовок 8 Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="8"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="726"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+  <w:style w:type="character" w:styleId="739" w:customStyle="1">
     <w:name w:val="Заголовок 9 Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="9"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="727"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="740">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="718"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
+      <w:contextualSpacing/>
       <w:ind w:left="720"/>
-      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="741">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="742">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="a6"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="743"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
+      <w:contextualSpacing/>
       <w:spacing w:before="300" w:after="200"/>
-      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:styleId="743" w:customStyle="1">
     <w:name w:val="Заголовок Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="742"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="744">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="a8"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="745"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="200" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:styleId="745" w:customStyle="1">
     <w:name w:val="Подзаголовок Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="744"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
+  <w:style w:type="paragraph" w:styleId="746">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="22"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="747"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720" w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+  <w:style w:type="character" w:styleId="747" w:customStyle="1">
     <w:name w:val="Цитата 2 Знак"/>
-    <w:link w:val="21"/>
+    <w:link w:val="746"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="748">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="aa"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="749"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
+      <w:ind w:left="720" w:right="720"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="f2f2f2"/>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="5" w:color="FFFFFF"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="10" w:color="FFFFFF"/>
+        <w:top w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
+        <w:left w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
+        <w:right w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
-      <w:ind w:left="720" w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:styleId="749" w:customStyle="1">
     <w:name w:val="Выделенная цитата Знак"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="748"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="character" w:styleId="750" w:customStyle="1">
     <w:name w:val="Верхний колонтитул Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="ac"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="898"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:styleId="751" w:customStyle="1">
     <w:name w:val="Нижний колонтитул Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="ae"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="904"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af">
-[...3 lines deleted...]
-    <w:link w:val="af0"/>
+  <w:style w:type="paragraph" w:styleId="752">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
+    <w:link w:val="753"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:color w:val="4472c4" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+  <w:style w:type="character" w:styleId="753" w:customStyle="1">
     <w:name w:val="Название объекта Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="af"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="752"/>
     <w:uiPriority w:val="35"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:color w:val="4472c4" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="af1">
+  <w:style w:type="table" w:styleId="754">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGridLight">
+  <w:style w:type="table" w:styleId="755" w:customStyle="1">
     <w:name w:val="Table Grid Light"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
+        <w:top w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="11">
+  <w:style w:type="table" w:styleId="756">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50"/>
+        <w:top w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...28 lines deleted...]
-  <w:style w:type="table" w:styleId="23">
+  </w:style>
+  <w:style w:type="table" w:styleId="757">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-        <w:right w:val="none" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...5 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...43 lines deleted...]
-  <w:style w:type="table" w:styleId="31">
+  </w:style>
+  <w:style w:type="table" w:styleId="758">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...45 lines deleted...]
-  <w:style w:type="table" w:styleId="41">
+  </w:style>
+  <w:style w:type="table" w:styleId="759">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...34 lines deleted...]
-  <w:style w:type="table" w:styleId="51">
+  </w:style>
+  <w:style w:type="table" w:styleId="760">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...24 lines deleted...]
-    <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...30 lines deleted...]
-  <w:style w:type="table" w:styleId="-1">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="761">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="989898" w:themeColor="text1" w:themeTint="67"/>
+        <w:top w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...28 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable1Light-Accent1">
+  </w:style>
+  <w:style w:type="table" w:styleId="762" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67"/>
+        <w:top w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="91ACDC" w:themeColor="accent1" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...28 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable1Light-Accent2">
+  </w:style>
+  <w:style w:type="table" w:styleId="763" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67"/>
+        <w:top w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="F4B286" w:themeColor="accent2" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...28 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable1Light-Accent3">
+  </w:style>
+  <w:style w:type="table" w:styleId="764" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="DADADA" w:themeColor="accent3" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DADADA" w:themeColor="accent3" w:themeTint="67"/>
+        <w:top w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="CACACA" w:themeColor="accent3" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...28 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable1Light-Accent4">
+  </w:style>
+  <w:style w:type="table" w:styleId="765" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFE598" w:themeColor="accent4" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFE598" w:themeColor="accent4" w:themeTint="67"/>
+        <w:top w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="FFDA6A" w:themeColor="accent4" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...28 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable1Light-Accent5">
+  </w:style>
+  <w:style w:type="table" w:styleId="766" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67"/>
+        <w:top w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="9EC4E6" w:themeColor="accent5" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...28 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable1Light-Accent6">
+  </w:style>
+  <w:style w:type="table" w:styleId="767" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67"/>
+        <w:top w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="AAD190" w:themeColor="accent6" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...28 lines deleted...]
-  <w:style w:type="table" w:styleId="-2">
+  </w:style>
+  <w:style w:type="table" w:styleId="768">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
+        <w:bottom w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...8 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable2-Accent1">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="769" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA"/>
+        <w:bottom w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d8e2f3" w:themeColor="accent1" w:themeTint="34" w:fill="d8e2f3" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d8e2f3" w:themeColor="accent1" w:themeTint="34" w:fill="d8e2f3" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...8 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable2-Accent2">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="770" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
+        <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...8 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable2-Accent3">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="771" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE"/>
+        <w:bottom w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...8 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable2-Accent4">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="772" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
+        <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...8 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable2-Accent5">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="773" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...8 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable2-Accent6">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="774" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...8 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:styleId="-3">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="775">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95"/>
+        <w:bottom w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...28 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...49 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable3-Accent1">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="776" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA"/>
+        <w:bottom w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...28 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d8e2f3" w:themeColor="accent1" w:themeTint="34" w:fill="d8e2f3" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d8e2f3" w:themeColor="accent1" w:themeTint="34" w:fill="d8e2f3" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...49 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable3-Accent2">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="777" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
+        <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...28 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...49 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable3-Accent3">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="778" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE"/>
+        <w:bottom w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...28 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...49 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable3-Accent4">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="779" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
+        <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...28 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...49 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable3-Accent5">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="780" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...28 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...49 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable3-Accent6">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="781" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...28 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...49 lines deleted...]
-  <w:style w:type="table" w:styleId="-4">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="782">
     <w:name w:val="Grid Table 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
+        <w:top w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...9 lines deleted...]
-        </w:tcBorders>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
-      </w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...41 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4-Accent1">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="783" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90"/>
+        <w:top w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="dae3f3" w:themeColor="accent1" w:themeTint="32" w:fill="dae3f3" w:themeFill="accent1" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="dae3f3" w:themeColor="accent1" w:themeTint="32" w:fill="dae3f3" w:themeFill="accent1" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...11 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="537dc8" w:themeColor="accent1" w:themeTint="EA" w:fill="537dc8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...41 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4-Accent2">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="784" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90"/>
+        <w:top w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...11 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...41 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4-Accent3">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="785" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90"/>
+        <w:top w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...11 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...41 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4-Accent4">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="786" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90"/>
+        <w:top w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...11 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...41 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4-Accent5">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="787" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90"/>
+        <w:top w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...11 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...41 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4-Accent6">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="788" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="ADD394" w:themeColor="accent6" w:themeTint="90"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="ADD394" w:themeColor="accent6" w:themeTint="90"/>
+        <w:top w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...11 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...41 lines deleted...]
-  <w:style w:type="table" w:styleId="-5">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="789">
     <w:name w:val="Grid Table 5 Dark"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
+        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="BFBFBF" w:themeColor="text1" w:themeTint="40" w:fill="BFBFBF" w:themeFill="text1" w:themeFillTint="40"/>
+      <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="8a8a8a" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="8a8a8a" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...2 lines deleted...]
-      <w:tblPr/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...6 lines deleted...]
-        </w:tcBorders>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
-      </w:tcPr>
-[...38 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5Dark-Accent1">
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="790" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark- Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
+        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="D8E2F3" w:themeColor="accent1" w:themeTint="34" w:fill="D8E2F3" w:themeFill="accent1" w:themeFillTint="34"/>
+      <w:shd w:val="clear" w:color="d8e2f3" w:themeColor="accent1" w:themeTint="34" w:fill="d8e2f3" w:themeFill="accent1" w:themeFillTint="34"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a9bee4" w:themeColor="accent1" w:themeTint="75" w:fill="a9bee4" w:themeFill="accent1" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a9bee4" w:themeColor="accent1" w:themeTint="75" w:fill="a9bee4" w:themeFill="accent1" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="4472C4" w:themeColor="accent1" w:fill="4472C4" w:themeFill="accent1"/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...47 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5Dark-Accent2">
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="791" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
+        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="FBE5D6" w:themeColor="accent2" w:themeTint="32" w:fill="FBE5D6" w:themeFill="accent2" w:themeFillTint="32"/>
+      <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f6c3a0" w:themeColor="accent2" w:themeTint="75" w:fill="f6c3a0" w:themeFill="accent2" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f6c3a0" w:themeColor="accent2" w:themeTint="75" w:fill="f6c3a0" w:themeFill="accent2" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ed7d31" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="ED7D31" w:themeColor="accent2" w:fill="ED7D31" w:themeFill="accent2"/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ed7d31" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ed7d31" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...47 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5Dark-Accent3">
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ed7d31" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="792" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
+        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="ECECEC" w:themeColor="accent3" w:themeTint="34" w:fill="ECECEC" w:themeFill="accent3" w:themeFillTint="34"/>
+      <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5d5d5" w:themeColor="accent3" w:themeTint="75" w:fill="d5d5d5" w:themeFill="accent3" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5d5d5" w:themeColor="accent3" w:themeTint="75" w:fill="d5d5d5" w:themeFill="accent3" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="A5A5A5" w:themeColor="accent3" w:fill="A5A5A5" w:themeFill="accent3"/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...47 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5Dark-Accent4">
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="793" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark- Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
+        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="FFF2CB" w:themeColor="accent4" w:themeTint="34" w:fill="FFF2CB" w:themeFill="accent4" w:themeFillTint="34"/>
+      <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffe28a" w:themeColor="accent4" w:themeTint="75" w:fill="ffe28a" w:themeFill="accent4" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffe28a" w:themeColor="accent4" w:themeTint="75" w:fill="ffe28a" w:themeFill="accent4" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffc000" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="FFC000" w:themeColor="accent4" w:fill="FFC000" w:themeFill="accent4"/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffc000" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffc000" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...47 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5Dark-Accent5">
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffc000" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="794" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
+        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="DDEAF6" w:themeColor="accent5" w:themeTint="34" w:fill="DDEAF6" w:themeFill="accent5" w:themeFillTint="34"/>
+      <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="b3d0eb" w:themeColor="accent5" w:themeTint="75" w:fill="b3d0eb" w:themeFill="accent5" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="b3d0eb" w:themeColor="accent5" w:themeTint="75" w:fill="b3d0eb" w:themeFill="accent5" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="5B9BD5" w:themeColor="accent5" w:fill="5B9BD5" w:themeFill="accent5"/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...47 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5Dark-Accent6">
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="795" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="light1"/>
+        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="E1EFD8" w:themeColor="accent6" w:themeTint="34" w:fill="E1EFD8" w:themeFill="accent6" w:themeFillTint="34"/>
+      <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bcdba8" w:themeColor="accent6" w:themeTint="75" w:fill="bcdba8" w:themeFill="accent6" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bcdba8" w:themeColor="accent6" w:themeTint="75" w:fill="bcdba8" w:themeFill="accent6" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="70AD47" w:themeColor="accent6" w:fill="70AD47" w:themeFill="accent6"/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...47 lines deleted...]
-  <w:style w:type="table" w:styleId="-6">
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="796">
     <w:name w:val="Grid Table 6 Colorful"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
-[...39 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable6Colorful-Accent1">
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="797" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d8e2f3" w:themeColor="accent1" w:themeTint="34" w:fill="d8e2f3" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d8e2f3" w:themeColor="accent1" w:themeTint="34" w:fill="d8e2f3" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
-[...39 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable6Colorful-Accent2">
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="798" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
+        <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="F4B184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="F4B184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
-[...39 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable6Colorful-Accent3">
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="799" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE"/>
+        <w:top w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
-[...39 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable6Colorful-Accent4">
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="800" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
+        <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFD865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFD865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
-[...39 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable6Colorful-Accent5">
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="801" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:top w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="245A8D" w:themeColor="accent5" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="245A8D" w:themeColor="accent5" w:themeShade="95"/>
-[...39 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable6Colorful-Accent6">
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="802" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="245A8D" w:themeColor="accent5" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="245A8D" w:themeColor="accent5" w:themeShade="95"/>
-[...39 lines deleted...]
-  <w:style w:type="table" w:styleId="-7">
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="803">
     <w:name w:val="Grid Table 7 Colorful"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...33 lines deleted...]
-      </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
-[...56 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable7Colorful-Accent1">
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="804" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...33 lines deleted...]
-      </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d8e2f3" w:themeColor="accent1" w:themeTint="34" w:fill="d8e2f3" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d8e2f3" w:themeColor="accent1" w:themeTint="34" w:fill="d8e2f3" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
-[...56 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable7Colorful-Accent2">
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="a0b7e1" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A0B7E1" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="805" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
+        <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...33 lines deleted...]
-      </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="F4B184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
-[...56 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable7Colorful-Accent3">
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="806" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE"/>
+        <w:bottom w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...33 lines deleted...]
-      </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
-[...56 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable7Colorful-Accent4">
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="807" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
+        <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...33 lines deleted...]
-      </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFD865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
-[...56 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable7Colorful-Accent5">
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="808" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90"/>
+        <w:bottom w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...33 lines deleted...]
-      </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="245A8D" w:themeColor="accent5" w:themeShade="95"/>
-[...56 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable7Colorful-Accent6">
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="245a8d" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="809" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ADD394" w:themeColor="accent6" w:themeTint="90"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="ADD394" w:themeColor="accent6" w:themeTint="90"/>
+        <w:bottom w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...2 lines deleted...]
-        <w:b/>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="416429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...13 lines deleted...]
-        <w:b/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="416429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...8 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="416429" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="416429" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="416429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...13 lines deleted...]
-        <w:i/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
         <w:color w:val="416429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...35 lines deleted...]
-  <w:style w:type="table" w:styleId="-10">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="810">
     <w:name w:val="List Table 1 Light"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable1Light-Accent1">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="811" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cfdbf0" w:themeColor="accent1" w:themeTint="40" w:fill="cfdbf0" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cfdbf0" w:themeColor="accent1" w:themeTint="40" w:fill="cfdbf0" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable1Light-Accent2">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="812" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fadecb" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fadecb" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ED7D31" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable1Light-Accent3">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="ED7D31" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="813" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e8e8e8" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e8e8e8" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable1Light-Accent4">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="814" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffefbf" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffefbf" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFC000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable1Light-Accent5">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFC000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="815" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5e5f4" w:themeColor="accent5" w:themeTint="40" w:fill="d5e5f4" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5e5f4" w:themeColor="accent5" w:themeTint="40" w:fill="d5e5f4" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable1Light-Accent6">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="816" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="daebcf" w:themeColor="accent6" w:themeTint="40" w:fill="daebcf" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="daebcf" w:themeColor="accent6" w:themeTint="40" w:fill="daebcf" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
-      <w:tblPr/>
-[...34 lines deleted...]
-  <w:style w:type="table" w:styleId="-20">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="817">
     <w:name w:val="List Table 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90"/>
+        <w:top w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...48 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable2-Accent1">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="818" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90"/>
+        <w:top w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cfdbf0" w:themeColor="accent1" w:themeTint="40" w:fill="cfdbf0" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cfdbf0" w:themeColor="accent1" w:themeTint="40" w:fill="cfdbf0" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...48 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable2-Accent2">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="819" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90"/>
+        <w:top w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fadecb" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fadecb" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...48 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable2-Accent3">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="820" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90"/>
+        <w:top w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e8e8e8" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e8e8e8" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...48 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable2-Accent4">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="821" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90"/>
+        <w:top w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffefbf" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffefbf" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...48 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable2-Accent5">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="822" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90"/>
+        <w:top w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5e5f4" w:themeColor="accent5" w:themeTint="40" w:fill="d5e5f4" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5e5f4" w:themeColor="accent5" w:themeTint="40" w:fill="d5e5f4" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...48 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable2-Accent6">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="823" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="ADD394" w:themeColor="accent6" w:themeTint="90"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="ADD394" w:themeColor="accent6" w:themeTint="90"/>
+        <w:top w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="daebcf" w:themeColor="accent6" w:themeTint="40" w:fill="daebcf" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="daebcf" w:themeColor="accent6" w:themeTint="40" w:fill="daebcf" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...48 lines deleted...]
-  <w:style w:type="table" w:styleId="-30">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="824">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...2 lines deleted...]
-      <w:tblPr/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...40 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable3-Accent1">
+  </w:style>
+  <w:style w:type="table" w:styleId="825" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...40 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable3-Accent2">
+  </w:style>
+  <w:style w:type="table" w:styleId="826" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
+        <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...40 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable3-Accent3">
+  </w:style>
+  <w:style w:type="table" w:styleId="827" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98"/>
+        <w:top w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...40 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable3-Accent4">
+  </w:style>
+  <w:style w:type="table" w:styleId="828" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
+        <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...40 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable3-Accent5">
+  </w:style>
+  <w:style w:type="table" w:styleId="829" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A"/>
+        <w:top w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:fill="9bc2e5" w:themeFill="accent5" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...40 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable3-Accent6">
+  </w:style>
+  <w:style w:type="table" w:styleId="830" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98"/>
+        <w:top w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a9d08e" w:themeColor="accent6" w:themeTint="98" w:fill="a9d08e" w:themeFill="accent6" w:themeFillTint="98"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...40 lines deleted...]
-  <w:style w:type="table" w:styleId="-40">
+  </w:style>
+  <w:style w:type="table" w:styleId="831">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...2 lines deleted...]
-      <w:tblPr/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable4-Accent1">
+  </w:style>
+  <w:style w:type="table" w:styleId="832" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90"/>
+        <w:top w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="95AFDD" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cfdbf0" w:themeColor="accent1" w:themeTint="40" w:fill="cfdbf0" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cfdbf0" w:themeColor="accent1" w:themeTint="40" w:fill="cfdbf0" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable4-Accent2">
+  </w:style>
+  <w:style w:type="table" w:styleId="833" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90"/>
+        <w:top w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="F4B58A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fadecb" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fadecb" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ed7d31" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable4-Accent3">
+  </w:style>
+  <w:style w:type="table" w:styleId="834" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90"/>
+        <w:top w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="CCCCCC" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e8e8e8" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e8e8e8" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable4-Accent4">
+  </w:style>
+  <w:style w:type="table" w:styleId="835" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90"/>
+        <w:top w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFDB6F" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffefbf" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffefbf" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffc000" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable4-Accent5">
+  </w:style>
+  <w:style w:type="table" w:styleId="836" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90"/>
+        <w:top w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A2C6E7" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5e5f4" w:themeColor="accent5" w:themeTint="40" w:fill="d5e5f4" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5e5f4" w:themeColor="accent5" w:themeTint="40" w:fill="d5e5f4" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...34 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable4-Accent6">
+  </w:style>
+  <w:style w:type="table" w:styleId="837" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="ADD394" w:themeColor="accent6" w:themeTint="90"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="ADD394" w:themeColor="accent6" w:themeTint="90"/>
+        <w:top w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ADD394" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="daebcf" w:themeColor="accent6" w:themeTint="40" w:fill="daebcf" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="daebcf" w:themeColor="accent6" w:themeTint="40" w:fill="daebcf" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="firstCol">
-[...34 lines deleted...]
-  <w:style w:type="table" w:styleId="-50">
+  </w:style>
+  <w:style w:type="table" w:styleId="838">
     <w:name w:val="List Table 5 Dark"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="32" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="32" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+      <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...8 lines deleted...]
-        <w:shd w:val="clear" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...67 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable5Dark-Accent1">
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="839" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="32" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="32" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="4472C4" w:themeColor="accent1" w:fill="4472C4" w:themeFill="accent1"/>
+      <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...8 lines deleted...]
-        <w:shd w:val="clear" w:color="4472C4" w:themeColor="accent1" w:fill="4472C4" w:themeFill="accent1"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...67 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable5Dark-Accent2">
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="840" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="32" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="32" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
+        <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:fill="F4B184" w:themeFill="accent2" w:themeFillTint="97"/>
+      <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...8 lines deleted...]
-        <w:shd w:val="clear" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:fill="F4B184" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...67 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable5Dark-Accent3">
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="841" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="32" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="32" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98"/>
+        <w:top w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:fill="C9C9C9" w:themeFill="accent3" w:themeFillTint="98"/>
+      <w:shd w:val="clear" w:color="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...8 lines deleted...]
-        <w:shd w:val="clear" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:fill="C9C9C9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...67 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable5Dark-Accent4">
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="842" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="32" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="32" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
+        <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:fill="FFD865" w:themeFill="accent4" w:themeFillTint="9A"/>
+      <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...8 lines deleted...]
-        <w:shd w:val="clear" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:fill="FFD865" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...67 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable5Dark-Accent5">
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="843" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="32" w:space="0" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="32" w:space="0" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A"/>
+        <w:top w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:fill="9BC2E5" w:themeFill="accent5" w:themeFillTint="9A"/>
+      <w:shd w:val="clear" w:color="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:fill="9bc2e5" w:themeFill="accent5" w:themeFillTint="9A"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:fill="9bc2e5" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:fill="9bc2e5" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:fill="9bc2e5" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...8 lines deleted...]
-        <w:shd w:val="clear" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:fill="9BC2E5" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:fill="9bc2e5" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...67 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable5Dark-Accent6">
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="844" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="32" w:space="0" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="32" w:space="0" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98"/>
+        <w:top w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
-      <w:shd w:val="clear" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:fill="A9D08E" w:themeFill="accent6" w:themeFillTint="98"/>
+      <w:shd w:val="clear" w:color="a9d08e" w:themeColor="accent6" w:themeTint="98" w:fill="a9d08e" w:themeFill="accent6" w:themeFillTint="98"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a9d08e" w:themeColor="accent6" w:themeTint="98" w:fill="a9d08e" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a9d08e" w:themeColor="accent6" w:themeTint="98" w:fill="a9d08e" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a9d08e" w:themeColor="accent6" w:themeTint="98" w:fill="a9d08e" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...8 lines deleted...]
-        <w:shd w:val="clear" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:fill="A9D08E" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a9d08e" w:themeColor="accent6" w:themeTint="98" w:fill="a9d08e" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...67 lines deleted...]
-  <w:style w:type="table" w:styleId="-60">
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="845">
     <w:name w:val="List Table 6 Colorful"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
-      <w:tblPr/>
-[...43 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable6Colorful-Accent1">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="846" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cfdbf0" w:themeColor="accent1" w:themeTint="40" w:fill="cfdbf0" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cfdbf0" w:themeColor="accent1" w:themeTint="40" w:fill="cfdbf0" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
       </w:rPr>
-      <w:tblPr/>
-[...43 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable6Colorful-Accent2">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="847" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
+        <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fadecb" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fadecb" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="F4B184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="F4B184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable6Colorful-Accent3">
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="848" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98"/>
+        <w:top w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e8e8e8" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e8e8e8" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable6Colorful-Accent4">
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="849" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
+        <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffefbf" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffefbf" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFD865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFD865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable6Colorful-Accent5">
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="850" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A"/>
+        <w:top w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5e5f4" w:themeColor="accent5" w:themeTint="40" w:fill="d5e5f4" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5e5f4" w:themeColor="accent5" w:themeTint="40" w:fill="d5e5f4" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable6Colorful-Accent6">
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="851" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98"/>
+        <w:top w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="daebcf" w:themeColor="accent6" w:themeTint="40" w:fill="daebcf" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="daebcf" w:themeColor="accent6" w:themeTint="40" w:fill="daebcf" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="A9D08E" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
-[...6 lines deleted...]
-      </w:tcPr>
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="A9D08E" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
-[...45 lines deleted...]
-  <w:style w:type="table" w:styleId="-70">
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="852">
     <w:name w:val="List Table 7 Colorful"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
-[...31 lines deleted...]
-    <w:tblStylePr w:type="firstCol">
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
-[...10 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
-[...38 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable7Colorful-Accent1">
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="853" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cfdbf0" w:themeColor="accent1" w:themeTint="40" w:fill="cfdbf0" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="cfdbf0" w:themeColor="accent1" w:themeTint="40" w:fill="cfdbf0" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...28 lines deleted...]
-    <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...18 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
         <w:color w:val="254175" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...12 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable7Colorful-Accent2">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="854" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
+        <w:right w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fadecb" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fadecb" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="F4B184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
-[...31 lines deleted...]
-    <w:tblStylePr w:type="firstCol">
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="F4B184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
-[...10 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="F4B184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
-[...38 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable7Colorful-Accent3">
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="f4b184" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="855" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98"/>
+        <w:right w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e8e8e8" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e8e8e8" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
-[...31 lines deleted...]
-    <w:tblStylePr w:type="firstCol">
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
-[...10 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
-[...38 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable7Colorful-Accent4">
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="c9c9c9" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="856" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
+        <w:right w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffefbf" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffefbf" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFD865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
-[...31 lines deleted...]
-    <w:tblStylePr w:type="firstCol">
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFD865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
-[...10 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFD865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
-[...38 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable7Colorful-Accent5">
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="ffd865" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="857" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A"/>
+        <w:right w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5e5f4" w:themeColor="accent5" w:themeTint="40" w:fill="d5e5f4" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="d5e5f4" w:themeColor="accent5" w:themeTint="40" w:fill="d5e5f4" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
-[...31 lines deleted...]
-    <w:tblStylePr w:type="firstCol">
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
-[...10 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
-[...38 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable7Colorful-Accent6">
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9bc2e5" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="858" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98"/>
+        <w:right w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="daebcf" w:themeColor="accent6" w:themeTint="40" w:fill="daebcf" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="daebcf" w:themeColor="accent6" w:themeTint="40" w:fill="daebcf" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="A9D08E" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
-[...31 lines deleted...]
-    <w:tblStylePr w:type="firstCol">
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="A9D08E" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
-[...10 lines deleted...]
-        <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="A9D08E" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
-[...38 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent">
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="a9d08e" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="859" w:customStyle="1">
     <w:name w:val="Lined - Accent"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent1">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="860" w:customStyle="1">
     <w:name w:val="Lined - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="c4d2ec" w:themeColor="accent1" w:themeTint="50" w:fill="c4d2ec" w:themeFill="accent1" w:themeFillTint="50"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="c4d2ec" w:themeColor="accent1" w:themeTint="50" w:fill="c4d2ec" w:themeFill="accent1" w:themeFillTint="50"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="537dc8" w:themeColor="accent1" w:themeTint="EA" w:fill="537dc8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:fill="537DC8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="537dc8" w:themeColor="accent1" w:themeTint="EA" w:fill="537dc8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="537dc8" w:themeColor="accent1" w:themeTint="EA" w:fill="537dc8" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent2">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="537dc8" w:themeColor="accent1" w:themeTint="EA" w:fill="537dc8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="861" w:customStyle="1">
     <w:name w:val="Lined - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:fill="F4B184" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent3">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="862" w:customStyle="1">
     <w:name w:val="Lined - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:fill="A5A5A5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent4">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="863" w:customStyle="1">
     <w:name w:val="Lined - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:fill="FFD865" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent5">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="864" w:customStyle="1">
     <w:name w:val="Lined - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="5B9BD5" w:themeColor="accent5" w:fill="5B9BD5" w:themeFill="accent5"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Lined-Accent6">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="865" w:customStyle="1">
     <w:name w:val="Lined - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="70AD47" w:themeColor="accent6" w:fill="70AD47" w:themeFill="accent6"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="866" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:top w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent1">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="867" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="254175" w:themeColor="accent1" w:themeShade="95"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="254175" w:themeColor="accent1" w:themeShade="95"/>
+        <w:top w:val="single" w:color="254175" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="254175" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="254175" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="254175" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="254175" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="254175" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="c4d2ec" w:themeColor="accent1" w:themeTint="50" w:fill="c4d2ec" w:themeFill="accent1" w:themeFillTint="50"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="c4d2ec" w:themeColor="accent1" w:themeTint="50" w:fill="c4d2ec" w:themeFill="accent1" w:themeFillTint="50"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="537dc8" w:themeColor="accent1" w:themeTint="EA" w:fill="537dc8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="537DC8" w:themeColor="accent1" w:themeTint="EA" w:fill="537DC8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="537dc8" w:themeColor="accent1" w:themeTint="EA" w:fill="537dc8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="537dc8" w:themeColor="accent1" w:themeTint="EA" w:fill="537dc8" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent2">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="537dc8" w:themeColor="accent1" w:themeTint="EA" w:fill="537dc8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="868" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="99460D" w:themeColor="accent2" w:themeShade="95"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="99460D" w:themeColor="accent2" w:themeShade="95"/>
+        <w:top w:val="single" w:color="99460D" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="99460D" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="99460D" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="99460D" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="99460D" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="99460D" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fbe5d6" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:fill="F4B184" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent3">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="f4b184" w:themeColor="accent2" w:themeTint="97" w:fill="f4b184" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="869" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="606060" w:themeColor="accent3" w:themeShade="95"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="606060" w:themeColor="accent3" w:themeShade="95"/>
+        <w:top w:val="single" w:color="606060" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="606060" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="606060" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="606060" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="606060" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="606060" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ececec" w:themeColor="accent3" w:themeTint="34" w:fill="ececec" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="A5A5A5" w:themeColor="accent3" w:themeTint="FE" w:fill="A5A5A5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent4">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="870" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="957000" w:themeColor="accent4" w:themeShade="95"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="957000" w:themeColor="accent4" w:themeShade="95"/>
+        <w:top w:val="single" w:color="957000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="957000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="957000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="957000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="957000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="957000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="fff2cb" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:fill="FFD865" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent5">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffd865" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd865" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="871" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="245A8D" w:themeColor="accent5" w:themeShade="95"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="245A8D" w:themeColor="accent5" w:themeShade="95"/>
+        <w:top w:val="single" w:color="245A8D" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="245A8D" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="245A8D" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="245A8D" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="245A8D" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="245A8D" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ddeaf6" w:themeColor="accent5" w:themeTint="34" w:fill="ddeaf6" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="5B9BD5" w:themeColor="accent5" w:fill="5B9BD5" w:themeFill="accent5"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="BorderedLined-Accent6">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="872" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="416429" w:themeColor="accent6" w:themeShade="95"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="416429" w:themeColor="accent6" w:themeShade="95"/>
+        <w:top w:val="single" w:color="416429" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="416429" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="416429" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="416429" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="416429" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="416429" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="e1efd8" w:themeColor="accent6" w:themeTint="34" w:fill="e1efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="70AD47" w:themeColor="accent6" w:fill="70AD47" w:themeFill="accent6"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...66 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Bordered">
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="873" w:customStyle="1">
     <w:name w:val="Bordered"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26"/>
+        <w:top w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...2 lines deleted...]
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...43 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent1">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="874" w:customStyle="1">
     <w:name w:val="Bordered - Accent 1"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67"/>
+        <w:top w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="B3C5E7" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...2 lines deleted...]
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...43 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent2">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="875" w:customStyle="1">
     <w:name w:val="Bordered - Accent 2"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67"/>
+        <w:top w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="F7CAAB" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...2 lines deleted...]
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F4B184" w:themeColor="accent2" w:themeTint="97"/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...43 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent3">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="F4B184" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="876" w:customStyle="1">
     <w:name w:val="Bordered - Accent 3"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="DADADA" w:themeColor="accent3" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DADADA" w:themeColor="accent3" w:themeTint="67"/>
+        <w:top w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="DADADA" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...2 lines deleted...]
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98"/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...43 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent4">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="877" w:customStyle="1">
     <w:name w:val="Bordered - Accent 4"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFE598" w:themeColor="accent4" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFE598" w:themeColor="accent4" w:themeTint="67"/>
+        <w:top w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="FFE598" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...2 lines deleted...]
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A"/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...43 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent5">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="FFD865" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="878" w:customStyle="1">
     <w:name w:val="Bordered - Accent 5"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67"/>
+        <w:top w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="BCD6EE" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...2 lines deleted...]
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A"/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...43 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="Bordered-Accent6">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="9BC2E5" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="879" w:customStyle="1">
     <w:name w:val="Bordered - Accent 6"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="729"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67"/>
+        <w:top w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="C4DFB2" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...2 lines deleted...]
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98"/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:tblPr/>
-[...43 lines deleted...]
-  <w:style w:type="character" w:styleId="af2">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="A9D08E" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="880">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0563c1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:styleId="881">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="af4"/>
+    <w:basedOn w:val="718"/>
+    <w:link w:val="882"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="character" w:styleId="882" w:customStyle="1">
     <w:name w:val="Текст сноски Знак"/>
-    <w:link w:val="af3"/>
+    <w:link w:val="881"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af5">
+  <w:style w:type="character" w:styleId="883">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="728"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af6">
+  <w:style w:type="paragraph" w:styleId="884">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="af7"/>
+    <w:basedOn w:val="718"/>
+    <w:link w:val="885"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af7">
+  <w:style w:type="character" w:styleId="885" w:customStyle="1">
     <w:name w:val="Текст концевой сноски Знак"/>
-    <w:link w:val="af6"/>
+    <w:link w:val="884"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af8">
+  <w:style w:type="character" w:styleId="886">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="728"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="12">
+  <w:style w:type="paragraph" w:styleId="887">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="24">
+  <w:style w:type="paragraph" w:styleId="888">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="283"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="32">
+  <w:style w:type="paragraph" w:styleId="889">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="567"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="42">
+  <w:style w:type="paragraph" w:styleId="890">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="850"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="850"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="52">
+  <w:style w:type="paragraph" w:styleId="891">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="1134"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="1134"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="61">
+  <w:style w:type="paragraph" w:styleId="892">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="1417"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="1417"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="71">
+  <w:style w:type="paragraph" w:styleId="893">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="1701"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="1701"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="81">
+  <w:style w:type="paragraph" w:styleId="894">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="1984"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="1984"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="91">
+  <w:style w:type="paragraph" w:styleId="895">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="2268"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="2268"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af9">
+  <w:style w:type="paragraph" w:styleId="896">
     <w:name w:val="TOC Heading"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afa">
+  <w:style w:type="paragraph" w:styleId="897">
     <w:name w:val="table of figures"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="718"/>
+    <w:next w:val="718"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
-[...2 lines deleted...]
-    <w:link w:val="ab"/>
+  <w:style w:type="paragraph" w:styleId="898">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="718"/>
+    <w:link w:val="750"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4153"/>
-        <w:tab w:val="right" w:pos="8306"/>
+        <w:tab w:val="center" w:pos="4153" w:leader="none"/>
+        <w:tab w:val="right" w:pos="8306" w:leader="none"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="afb">
+  <w:style w:type="character" w:styleId="899">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="a0"/>
-[...1 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
+    <w:basedOn w:val="728"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="900" w:customStyle="1">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
+      <w:widowControl w:val="off"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
+  <w:style w:type="paragraph" w:styleId="901" w:customStyle="1">
     <w:name w:val="Знак1"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="718"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+  <w:style w:type="paragraph" w:styleId="902" w:customStyle="1">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
       <w:ind w:firstLine="720"/>
+      <w:widowControl w:val="off"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afc">
+  <w:style w:type="paragraph" w:styleId="903">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="718"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
-[...2 lines deleted...]
-    <w:link w:val="ad"/>
+  <w:style w:type="paragraph" w:styleId="904">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="718"/>
+    <w:link w:val="751"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4677"/>
-        <w:tab w:val="right" w:pos="9355"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="25">
+  <w:style w:type="paragraph" w:styleId="905" w:customStyle="1">
     <w:name w:val="Знак Знак2"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="718"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext2">
+  <w:style w:type="character" w:styleId="906" w:customStyle="1">
     <w:name w:val="Body text (2)_"/>
-    <w:link w:val="Bodytext20"/>
+    <w:link w:val="907"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="3"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext20">
+  <w:style w:type="paragraph" w:styleId="907" w:customStyle="1">
     <w:name w:val="Body text (2)"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="Bodytext2"/>
+    <w:basedOn w:val="718"/>
+    <w:link w:val="906"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
-      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:jc w:val="center"/>
       <w:spacing w:line="278" w:lineRule="exact"/>
-      <w:jc w:val="center"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="3"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+  <w:style w:type="character" w:styleId="908" w:customStyle="1">
     <w:name w:val="Заголовок 4 Знак"/>
-    <w:link w:val="4"/>
+    <w:link w:val="722"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+  <w:style w:type="character" w:styleId="909" w:customStyle="1">
     <w:name w:val="Заголовок 7 Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="7"/>
+    <w:basedOn w:val="728"/>
+    <w:link w:val="725"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /></Relationships>
+</file>
+
+<file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -15414,78 +16777,68 @@
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33321BFF-EAEF-448A-B87F-AE5A58B5F17C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Р7-Офис/2024.4.2.721</Application>
+  <Company>Company</Company>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <LinksUpToDate>false</LinksUpToDate>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Company</Company>
-[...1 lines deleted...]
-  <CharactersWithSpaces>3347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HyperlinksChanged>false</HyperlinksChanged>
-  <AppVersion></AppVersion>
+  <Template>Normal</Template>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>УТВЕРЖДАЮ</dc:title>
   <dc:subject/>
   <dc:creator>найка</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>